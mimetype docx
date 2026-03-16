--- v0 (2025-12-13)
+++ v1 (2026-03-16)
@@ -1,2037 +1,5455 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Titre"/>
+    <w:p w14:paraId="74457EE7" w14:textId="77777777" w:rsidR="00F462DE" w:rsidRDefault="00F462DE" w:rsidP="004C14BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="438" w:lineRule="exact"/>
+        <w:ind w:left="-993" w:right="-711"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:color w:val="ED7D31" w:themeColor="accent2"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047426B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F6C5C81" wp14:editId="2DAE3ABA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-313690</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>163830</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6376670" cy="495300"/>
+                <wp:effectExtent l="0" t="0" r="24130" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="68" name="Rectangle 68"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6376670" cy="495300"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="accent2"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="3391CB1C" id="Rectangle 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:-24.7pt;margin-top:12.9pt;width:502.1pt;height:39pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXJYLFlgIAALIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9PGzEMfp+0/yHK+7hrKQWqXlFVxDQJ&#10;AQImntNc0jspibMk7bX76+fkftAB2qRpfUjj2P5sf2d7frXXiuyE8zWYgo5OckqE4VDWZlPQ7883&#10;Xy4o8YGZkikwoqAH4enV4vOneWNnYgwVqFI4giDGzxpb0CoEO8syzyuhmT8BKwwqJTjNAopuk5WO&#10;NYiuVTbO82nWgCutAy68x9frVkkXCV9KwcO9lF4EogqKuYV0unSu45kt5my2ccxWNe/SYP+QhWa1&#10;waAD1DULjGxd/Q5K19yBBxlOOOgMpKy5SDVgNaP8TTVPFbMi1YLkeDvQ5P8fLL/bPThSlwWd4pcy&#10;TOM3ekTWmNkoQfANCWqsn6Hdk31wneTxGqvdS6fjP9ZB9onUw0Cq2AfC8XF6ej6dniP3HHWTy7PT&#10;PLGevXpb58NXAZrES0Edhk9cst2tDxgRTXuTGMyDqsubWqkkxEYRK+XIjuEnZpwLE8Yxa/T6zVKZ&#10;vzmvN6P3jggTPbNIQlt2uoWDEhFPmUchkT8sdJySTp37NqFRq6pYKdo8z3L89cH6ElLOCTAiS6xw&#10;wO4AesvjYvucO/voKlLjD875nxJrmRo8UmQwYXDWtQH3EYAKQ+TWvieppSaytIbygN3loB07b/lN&#10;jZ/4lvnwwBzOGXYF7o5wj4dU0BQUuhslFbifH71He2x/1FLS4NwW1P/YMicoUd8MDsblaDKJg56E&#10;ydn5GAV3rFkfa8xWrwD7ZoRbyvJ0jfZB9VfpQL/gilnGqKhihmPsgvLgemEV2n2CS4qL5TKZ4XBb&#10;Fm7Nk+URPLIaW/h5/8Kc7fo84ITcQT/jbPam3Vvb6GlguQ0g6zQLr7x2fONiSI3TLbG4eY7lZPW6&#10;ahe/AAAA//8DAFBLAwQUAAYACAAAACEAUxgP/t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrCQBCG74W+wzKCN91Vo8Q0GxGhCPXS2kKva3aahGZnQ3aN8e07PbW3Gebjn+/Pd6NrxYB9aDxp&#10;WMwVCKTS24YqDR/vz7MURIiGrGk9oYY7BtgVjw+5yay/0RsO51gJDqGQGQ11jF0mZShrdCbMfYfE&#10;ty/fOxN57Stpe3PjcNfKpVIb6UxD/KE2HR5qLL/PV6fhs9t7m2xcOlRHNdDxcHpZvZ60nk7G/ROI&#10;iGP8g+FXn9WhYKeLv5INotUwS7YJoxqWa67AwHad8HBhUq1SkEUu/1cofgAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCXJYLFlgIAALIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBTGA/+3wAAAAoBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;" fillcolor="#ed7d31 [3205]" strokecolor="white [3212]" strokeweight="1pt">
+                <w10:wrap anchorx="margin"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRPr="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Titre"/>
+    <w:p w14:paraId="254EDE31" w14:textId="2D8E455D" w:rsidR="00F70648" w:rsidRPr="00F70648" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-993" w:right="-711"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:color w:val="ED7D31" w:themeColor="accent2"/>
-[...7 lines deleted...]
-        <w:t>AUTORISATION DE CONDUITE</w:t>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autorisation de conduite </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="25961FF6" w14:textId="5DAEC61B" w:rsidR="00CE396B" w:rsidRPr="006E4EE5" w:rsidRDefault="00CE396B" w:rsidP="006E4EE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-993" w:right="-711"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37AA3C5C" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:ind w:right="-355"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3"/>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="18DA6898" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je soussigné(e) (nom et prénom) : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Texte3"/>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> représentant l’entreprise (raison sociale) : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="0DEB5A86" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="18FC8F37" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autorise M/Mme (nom, prénom, fonction) </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        <w:t>à conduire le(s) véhicule(s), engin(s), équipement(s) cité(s) ci-dessous dans le cadre de son activité professionnelle.</w:t>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à conduire le(s) véhicule(s), engin(s), équipement(s) cité(s) ci-dessous dans le cadre de son activité professionnelle :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
-      <w:pPr>
+    <w:p w14:paraId="2C0EDDDD" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5162398E" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4046E75C" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texte3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B26880A" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103DDCC0" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cette autorisation de conduite est valable sur le site de : </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="309039F3" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cette autorisation de conduite est établie sur la base : </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="280BFEAA" w14:textId="73FA3CA9" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
           <w:id w:val="1835331389"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00342EF3">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00342EF3">
-[...70 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De l’attestation de non contre-indications médicales à la conduite, délivrée par le médecin du travail (nom et prénom) : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en date du : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRPr="001B697C" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="6F357BFF" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E2E756" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1042669551"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00917F28">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Du contrôle des connaissances théoriques et du savoir-faire pratiques de l’opérateur pour la conduite en sécurité de l’engin, réalisés par (nom et prénom de la personne au sein de l’établissement ou organisme en charge de la formation) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  en date du :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRPr="00A07194" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="28D1B844" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1096E372" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-667943987"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00917F28">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ertificat d’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ptitude à la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onduite </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">écurité (CACES) délivré par l’organisme (nom et qualité de l’organisme testeur) : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...44 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en date du :  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00342EF3" w:rsidRPr="00735CCD">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00342EF3" w:rsidRPr="00735CCD">
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="07A03E9F" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298F01B3" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-2080129185"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00917F28">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De la connaissance des lieux et des instructions à respecter sur le(s) site(s) d’utilisation, vérifiée en date du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00342EF3" w:rsidRPr="00AC4E98">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+    <w:p w14:paraId="6E4102BF" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00342EF3" w:rsidRDefault="00AC4E98" w:rsidP="00342EF3">
+    <w:p w14:paraId="4F13479B" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="00342EF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autorisation délivrée le :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00342EF3">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD2F98C" w14:textId="77777777" w:rsidR="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...97 lines deleted...]
-          <w:szCs w:val="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valable jusqu’au :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917F28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BC2CC7" w14:textId="77777777" w:rsidR="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB412A3" w14:textId="77777777" w:rsidR="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signature </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4BE8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...62 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="003D4BE8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6583C3B1" w14:textId="44BB739C" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="493EEF6C" w14:textId="664EF3B9" w:rsidR="00917F28" w:rsidRDefault="00917F28" w:rsidP="00FF3A6C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4BE8">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A74E79F" wp14:editId="2A7B4468">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-237490</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>348615</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6400800" cy="485775"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Zone de texte 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6400800" cy="485775"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="313FBFFB" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00917F28">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>NB : L'attestation de non contre-indications médicales est valable pendant cinq ans et doit être présentée à l’employeur avant la délivrance de l’autorisation de conduite (Décret n° 2025-355 du 18 avril 2025 - article R. 4323-56 du Code du travail)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="2A74E79F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Zone de texte 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-18.7pt;margin-top:27.45pt;width:7in;height:38.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAW4dvtRAIAAH4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fSQwaFlEqBgV0yTU&#10;VqJTpb0ZxwZLjs+zDQn79Ts7gbJuT9NenLPv/Pm+++4yu2trTY7CeQWmpMNBTokwHCpldiX99rz6&#10;MKXEB2YqpsGIkp6Ep3fz9+9mjS3ECPagK+EIghhfNLak+xBskWWe70XN/ACsMOiU4GoWcOt2WeVY&#10;g+i1zkZ5fpM14CrrgAvv8fS+c9J5wpdS8PAopReB6JJibiGtLq3buGbzGSt2jtm94n0a7B+yqJky&#10;+OgF6p4FRg5O/QFVK+7AgwwDDnUGUiouEgdkM8zfsNnsmRWJCxbH20uZ/P+D5Q/HJ0dUhdpRYliN&#10;En1HoUglSBBtEGQYS9RYX2DkxmJsaD9DG8P7c4+HkXkrXR2/yImgH4t9uhQYkQjHw5txnk9zdHH0&#10;jaeT29tJhMleb1vnwxcBNYlGSR0KmOrKjmsfutBzSHzMg1bVSmmdNrFpxFI7cmQotw4pRwT/LUob&#10;0mAmHyd5AjYQr3fI2mAukWvHKVqh3bY90S1UJ+TvoGsib/lKYZJr5sMTc9g1yAsnITziIjXgI9Bb&#10;lOzB/fzbeYxHMdFLSYNdWFL/48CcoER/NSjzp+F4HNs2bcaT2xFu3LVne+0xh3oJyBylxOySGeOD&#10;PpvSQf2CA7OIr6KLGY5vlzSczWXoZgMHjovFIgVho1oW1mZjeYSOlY4SPLcvzNlep9grD3DuV1a8&#10;kauLjTcNLA4BpEpaxgJ3Ve3rjk2euqEfyDhF1/sU9frbmP8CAAD//wMAUEsDBBQABgAIAAAAIQB/&#10;xF9I4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOuUpA0NcSqEeEjs&#10;aHiInRsPSUQ8jmI3CX/PsILl6B7deybfzbYTIw6+daRgtYxAIFXOtFQreCnvF1cgfNBkdOcIFXyj&#10;h11xepLrzLiJnnHch1pwCflMK2hC6DMpfdWg1X7peiTOPt1gdeBzqKUZ9MTltpOXUbSRVrfEC43u&#10;8bbB6mt/tAo+Lur3Jz8/vE7xOu7vHscyfTOlUudn8801iIBz+IPhV5/VoWCngzuS8aJTsIjThFEF&#10;62QLgoFtGm1AHJiMVwnIIpf/Xyh+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABbh2+1E&#10;AgAAfgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH/E&#10;X0jiAAAACgEAAA8AAAAAAAAAAAAAAAAAngQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="313FBFFB" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00917F28">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>NB : L'attestation de non contre-indications médicales est valable pendant cinq ans et doit être présentée à l’employeur avant la délivrance de l’autorisation de conduite (Décret n° 2025-355 du 18 avril 2025 - article R. 4323-56 du Code du travail)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00122718" w:rsidRPr="00F6582E" w:rsidSect="00342EF3">
-[...3 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:p w14:paraId="7467D9E1" w14:textId="77777777" w:rsidR="00917F28" w:rsidRDefault="00917F28" w:rsidP="00FF3A6C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="466125A6" w14:textId="77777777" w:rsidR="00917F28" w:rsidRDefault="00917F28" w:rsidP="00FF3A6C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00917F28" w:rsidSect="00052C39">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1631" w:right="1134" w:bottom="-2268" w:left="1134" w:header="737" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1560" w:right="1418" w:bottom="142" w:left="1418" w:header="709" w:footer="731" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0052391E" w:rsidRDefault="0052391E" w:rsidP="0044013A">
+    <w:p w14:paraId="579DB10F" w14:textId="77777777" w:rsidR="006F027C" w:rsidRDefault="006F027C" w:rsidP="00B146A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0052391E" w:rsidRDefault="0052391E" w:rsidP="0044013A">
+    <w:p w14:paraId="76EE86B3" w14:textId="77777777" w:rsidR="006F027C" w:rsidRDefault="006F027C" w:rsidP="00B146A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...2 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{A6A29E12-D4ED-4637-BA32-0C608F241A16}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Open Sans">
-    <w:altName w:val="Segoe UI"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...2 lines deleted...]
-    <w:embedItalic r:id="rId6" w:fontKey="{99CD4B60-81D5-4271-B854-289DDBBF8481}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...2 lines deleted...]
-    <w:embedItalic r:id="rId9" w:fontKey="{1E51AD88-CE71-4609-97CE-754D2BC4D9BC}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{D6B742B0-8569-4802-97C3-FE95C113BBCF}"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Minion Pro">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId11" w:subsetted="1" w:fontKey="{002F3677-27F9-47E7-812A-CFB4FADFF17E}"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00FF4FC9" w:rsidRPr="0036627E" w:rsidRDefault="00FF4FC9" w:rsidP="009D68CC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="37236229" w14:textId="77777777" w:rsidR="006C53D0" w:rsidRDefault="006C53D0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
-      <w:ind w:left="-2268"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0056367F" w:rsidRPr="0056367F" w:rsidRDefault="009D68CC" w:rsidP="00342EF3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-700166346"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="3D509556" w14:textId="76EA67A8" w:rsidR="00B146A1" w:rsidRPr="00C72836" w:rsidRDefault="006C53D0" w:rsidP="00917F28">
+        <w:pPr>
+          <w:pStyle w:val="Pieddepage"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <mc:AlternateContent>
+            <mc:Choice Requires="wps">
+              <w:drawing>
+                <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="463E02F3" wp14:editId="75CC31F8">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-896620</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>145415</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1183640" cy="234315"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="217" name="Zone de texte 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                      <wps:wsp>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1183640" cy="234315"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="73C7E815" w14:textId="0571D68F" w:rsidR="006C53D0" w:rsidRPr="006C53D0" w:rsidRDefault="006C53D0" w:rsidP="006C53D0">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="006C53D0">
+                                <w:rPr>
+                                  <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>02/2026</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </mc:Choice>
+            <mc:Fallback>
+              <w:pict>
+                <v:shapetype w14:anchorId="463E02F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Zone de texte 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-70.6pt;margin-top:11.45pt;width:93.2pt;height:18.45pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvmQ9QJgIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0Xxw7SZsacYouXYYB&#10;3QfQ7bKbLMuxMEnUJCV2+utHyWmabbdhPgiiST4+PlKr20ErchDOSzAVzSdTSoTh0Eizq+i3r9s3&#10;S0p8YKZhCoyo6FF4ert+/WrV21IU0IFqhCMIYnzZ24p2IdgyyzzvhGZ+AlYYdLbgNAtoul3WONYj&#10;ulZZMZ1eZT24xjrgwnv8ez866Trht63g4XPbehGIqihyC+l06azjma1XrNw5ZjvJTzTYP7DQTBos&#10;eoa6Z4GRvZN/QWnJHXhow4SDzqBtJRepB+wmn/7RzWPHrEi9oDjenmXy/w+Wfzp8cUQ2FS3ya0oM&#10;0zik7zgq0ggSxBAEKaJIvfUlxj5ajA7DWxhw2Klhbx+A//DEwKZjZifunIO+E6xBknnMzC5SRxwf&#10;Qer+IzRYi+0DJKChdToqiJoQRMdhHc8DQh6Ex5L5cnY1RxdHXzGbz/JFKsHK52zrfHgvQJN4qajD&#10;BUjo7PDgQ2TDyueQWMyDks1WKpUMt6s3ypEDw2XZpu+E/luYMqSv6M2iWCRkAzE/7ZGWAZdZSV3R&#10;5TR+MZ2VUY13pkn3wKQa78hEmZM8UZFRmzDUAwZGzWpojiiUg3Fp8ZHhpQP3REmPC1tR/3PPnKBE&#10;fTAo9k0+j8qEZMwX1wUa7tJTX3qY4QhV0UDJeN2E9CoiXwN3OJRWJr1emJy44iImGU+PJm76pZ2i&#10;Xp72+hcAAAD//wMAUEsDBBQABgAIAAAAIQDlH57Z3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/RToNAEEXfTfyHzZj4YtoFAm1BhkZNNL629gMWdgpEdpew20L/3vFJH2/m5N4z5X4xg7jS5Htn&#10;EeJ1BIJs43RvW4TT1/tqB8IHZbUanCWEG3nYV/d3pSq0m+2BrsfQCi6xvlAIXQhjIaVvOjLKr91I&#10;lm9nNxkVOE6t1JOaudwMMomijTSqt7zQqZHeOmq+jxeDcP6cn7J8rj/CaXtIN6+q39buhvj4sLw8&#10;gwi0hD8YfvVZHSp2qt3Fai8GhFWcxgmzCEmSg2AizTjXCFm+A1mV8v8H1Q8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA75kPUCYCAAAiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA5R+e2d4AAAAJAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="73C7E815" w14:textId="0571D68F" w:rsidR="006C53D0" w:rsidRPr="006C53D0" w:rsidRDefault="006C53D0" w:rsidP="006C53D0">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006C53D0">
+                          <w:rPr>
+                            <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>02/2026</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="square"/>
+                </v:shape>
+              </w:pict>
+            </mc:Fallback>
+          </mc:AlternateContent>
+        </w:r>
+        <w:r w:rsidR="00961747">
+          <w:rPr>
+            <w:i/>
+            <w:noProof/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B30F496" wp14:editId="6023EA8B">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4283710</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-289560</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3042448" cy="877157"/>
+              <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="214514432" name="Image 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="214514432" name="Image 214514432"/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3042448" cy="877157"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="089C393B" w14:textId="77777777" w:rsidR="006C53D0" w:rsidRDefault="006C53D0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
-      <w:ind w:left="-567"/>
-[...4 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r>
-[...65 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0052391E" w:rsidRDefault="0052391E" w:rsidP="0044013A">
+    <w:p w14:paraId="730B97DF" w14:textId="77777777" w:rsidR="006F027C" w:rsidRDefault="006F027C" w:rsidP="00B146A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0052391E" w:rsidRDefault="0052391E" w:rsidP="0044013A">
+    <w:p w14:paraId="66F8FC3A" w14:textId="77777777" w:rsidR="006F027C" w:rsidRDefault="006F027C" w:rsidP="00B146A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00342EF3" w:rsidRPr="00342EF3" w:rsidRDefault="00342EF3" w:rsidP="00342EF3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4A6FC6E6" w14:textId="77777777" w:rsidR="006C53D0" w:rsidRDefault="006C53D0">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
-    <w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0F73D223" w14:textId="77777777" w:rsidR="00917F28" w:rsidRPr="00917F28" w:rsidRDefault="00917F28" w:rsidP="00917F28">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00917F28">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
       <w:t>[LOGO DE L’ENTREPRISE]</w:t>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="3093AAC3" w14:textId="77777777" w:rsidR="006C53D0" w:rsidRPr="00917F28" w:rsidRDefault="006C53D0" w:rsidP="00917F28">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="47759D8B" w14:textId="77777777" w:rsidR="006C53D0" w:rsidRDefault="006C53D0">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="036A39A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3160ABD4"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05361938"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="418E4EA0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07AD2B0C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="691E2B34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EA205AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12B8A2A2"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DC4276D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17CD3817"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0A7C8774"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A6A7C55"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="42A8BAC8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A6D6E05"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="222AF650"/>
+    <w:lvl w:ilvl="0" w:tplc="982EBA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="→"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="FD8E1F"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B221F23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EF89000"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B425C44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0A40902"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D1B5EAF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39ACF02C"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="276C10E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="518024FA"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="64B024A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ABB02556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B355409"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE288660"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="79BECEC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39C61300"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADECC342"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E673E9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECCCFFD4"/>
+    <w:lvl w:ilvl="0" w:tplc="982EBA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="→"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="FD8E1F"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FE614C8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B300FE0"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42C411F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="05CA5CD0"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="440C3A1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C78836FE"/>
+    <w:lvl w:ilvl="0" w:tplc="289C2B64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Liste01"/>
+      <w:lvlText w:val="→"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="FD8E1F"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CCA6A852">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FF146E44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4428732A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CACC8374"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45F87952"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0804CAF2"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="470307A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD7EE432"/>
+    <w:lvl w:ilvl="0" w:tplc="982EBA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="→"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="FD8E1F"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1320FAAE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48F641D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2C6D9B2"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1426" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DC71FB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6D24090"/>
     <w:lvl w:ilvl="0" w:tplc="F7ECB300">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3195" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3915" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2099,244 +5517,1199 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8235" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8955" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F983816"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B900D1B6"/>
+    <w:lvl w:ilvl="0" w:tplc="A94C4780">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59920F35"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="486CA456"/>
+    <w:lvl w:ilvl="0" w:tplc="982EBA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="→"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="FD8E1F"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63C9541C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E57EB180"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B82259C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="035C3786"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72A86CB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="90580E56"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B8B5B58"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="126E80DE"/>
+    <w:lvl w:ilvl="0" w:tplc="982EBA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="→"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="FD8E1F"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F861428"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="02CA39CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:embedTrueTypeFonts/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0052391E"/>
-[...106 lines deleted...]
-    <w:rsid w:val="00FF4FC9"/>
+    <w:rsidRoot w:val="00FF3A6C"/>
+    <w:rsid w:val="00012680"/>
+    <w:rsid w:val="00014B27"/>
+    <w:rsid w:val="00052C39"/>
+    <w:rsid w:val="00066A66"/>
+    <w:rsid w:val="00083F83"/>
+    <w:rsid w:val="0009661E"/>
+    <w:rsid w:val="000B252A"/>
+    <w:rsid w:val="000B3FB3"/>
+    <w:rsid w:val="000E09FE"/>
+    <w:rsid w:val="00105122"/>
+    <w:rsid w:val="00113DEE"/>
+    <w:rsid w:val="001241EF"/>
+    <w:rsid w:val="001257D9"/>
+    <w:rsid w:val="00150DE7"/>
+    <w:rsid w:val="00177769"/>
+    <w:rsid w:val="00186A5C"/>
+    <w:rsid w:val="001D5298"/>
+    <w:rsid w:val="001F5D70"/>
+    <w:rsid w:val="00266EF8"/>
+    <w:rsid w:val="002B4EC2"/>
+    <w:rsid w:val="002E002E"/>
+    <w:rsid w:val="00344D53"/>
+    <w:rsid w:val="00354FFA"/>
+    <w:rsid w:val="003A4260"/>
+    <w:rsid w:val="003E674C"/>
+    <w:rsid w:val="0047426B"/>
+    <w:rsid w:val="004C14BA"/>
+    <w:rsid w:val="004C5E79"/>
+    <w:rsid w:val="004D4C71"/>
+    <w:rsid w:val="004F76BB"/>
+    <w:rsid w:val="00524D4C"/>
+    <w:rsid w:val="00562E1F"/>
+    <w:rsid w:val="005B6020"/>
+    <w:rsid w:val="005C4BA2"/>
+    <w:rsid w:val="00610628"/>
+    <w:rsid w:val="00613720"/>
+    <w:rsid w:val="006327AC"/>
+    <w:rsid w:val="00633942"/>
+    <w:rsid w:val="00634E7A"/>
+    <w:rsid w:val="00643C0F"/>
+    <w:rsid w:val="006827E0"/>
+    <w:rsid w:val="00684E06"/>
+    <w:rsid w:val="0069678B"/>
+    <w:rsid w:val="006A240B"/>
+    <w:rsid w:val="006A6C6A"/>
+    <w:rsid w:val="006C3379"/>
+    <w:rsid w:val="006C53D0"/>
+    <w:rsid w:val="006E4EE5"/>
+    <w:rsid w:val="006F027C"/>
+    <w:rsid w:val="006F06B3"/>
+    <w:rsid w:val="00746339"/>
+    <w:rsid w:val="0076152B"/>
+    <w:rsid w:val="00767308"/>
+    <w:rsid w:val="007A0A5A"/>
+    <w:rsid w:val="007B093C"/>
+    <w:rsid w:val="007B3520"/>
+    <w:rsid w:val="007D3FB7"/>
+    <w:rsid w:val="0081519C"/>
+    <w:rsid w:val="008512BA"/>
+    <w:rsid w:val="00852800"/>
+    <w:rsid w:val="008947CA"/>
+    <w:rsid w:val="008A7397"/>
+    <w:rsid w:val="00917F28"/>
+    <w:rsid w:val="00920C99"/>
+    <w:rsid w:val="009231BB"/>
+    <w:rsid w:val="00943CE1"/>
+    <w:rsid w:val="009503A7"/>
+    <w:rsid w:val="00961747"/>
+    <w:rsid w:val="00965075"/>
+    <w:rsid w:val="00975E85"/>
+    <w:rsid w:val="009B2E67"/>
+    <w:rsid w:val="009C6F44"/>
+    <w:rsid w:val="009F2819"/>
+    <w:rsid w:val="00A102CF"/>
+    <w:rsid w:val="00A12F4A"/>
+    <w:rsid w:val="00A14A80"/>
+    <w:rsid w:val="00A35D45"/>
+    <w:rsid w:val="00A63628"/>
+    <w:rsid w:val="00AB2627"/>
+    <w:rsid w:val="00AC1F83"/>
+    <w:rsid w:val="00AF6298"/>
+    <w:rsid w:val="00B146A1"/>
+    <w:rsid w:val="00B33B32"/>
+    <w:rsid w:val="00B407F8"/>
+    <w:rsid w:val="00BA21C2"/>
+    <w:rsid w:val="00BB008A"/>
+    <w:rsid w:val="00BE5572"/>
+    <w:rsid w:val="00BF3B19"/>
+    <w:rsid w:val="00C32C7C"/>
+    <w:rsid w:val="00C72836"/>
+    <w:rsid w:val="00C829F3"/>
+    <w:rsid w:val="00CE396B"/>
+    <w:rsid w:val="00D0418E"/>
+    <w:rsid w:val="00D44261"/>
+    <w:rsid w:val="00D445F1"/>
+    <w:rsid w:val="00D44C02"/>
+    <w:rsid w:val="00D53407"/>
+    <w:rsid w:val="00D721A6"/>
+    <w:rsid w:val="00DA455D"/>
+    <w:rsid w:val="00E10E80"/>
+    <w:rsid w:val="00E160C6"/>
+    <w:rsid w:val="00E315A9"/>
+    <w:rsid w:val="00E94D35"/>
+    <w:rsid w:val="00E95FB6"/>
+    <w:rsid w:val="00ED0573"/>
+    <w:rsid w:val="00F06C45"/>
+    <w:rsid w:val="00F45600"/>
+    <w:rsid w:val="00F462DE"/>
+    <w:rsid w:val="00F70648"/>
+    <w:rsid w:val="00FD2EF9"/>
+    <w:rsid w:val="00FF2A61"/>
+    <w:rsid w:val="00FF3A6C"/>
+    <w:rsid w:val="00FF55D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5048B95D"/>
+  <w14:docId w14:val="0E382CBC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BF380205-92E0-491B-8F52-BC20473543F8}"/>
+  <w15:docId w15:val="{5058B71A-3A19-4BCC-937B-14244F6761FD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2356,164 +6729,166 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -2548,55 +6923,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -2663,348 +7038,753 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0044013A"/>
+    <w:rsid w:val="00F06C45"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00852800"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C4BA2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3A6C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008F6700"/>
+    <w:rsid w:val="00FF3A6C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
-[...4 lines deleted...]
-    <w:rsid w:val="008F6700"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="004D4C71"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="En-tte">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="En-tteCar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0044013A"/>
+    <w:rsid w:val="00684E06"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="0044013A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pieddepage">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PieddepageCar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0044013A"/>
+    <w:link w:val="ParagraphedelisteCar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00684E06"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB4FFD"/>
+    <w:rsid w:val="00B146A1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AB4FFD"/>
+    <w:rsid w:val="00B146A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-    </w:rPr>
-[...8 lines deleted...]
-      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001522AA"/>
+    <w:rsid w:val="00B146A1"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B146A1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B146A1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B146A1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B146A1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mentionnonrsolue1">
     <w:name w:val="Mention non résolue1"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001522AA"/>
+    <w:rsid w:val="00B146A1"/>
     <w:rPr>
-      <w:color w:val="808080"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00852800"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
+    <w:name w:val="TableGrid"/>
+    <w:rsid w:val="00524D4C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005C4BA2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C4BA2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedebasdepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005C4BA2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C4BA2"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sansinterligne">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0069678B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF55D9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00FF55D9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="[Titre]"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpsdetexteCar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F06C45"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:color w:val="ED7D31" w:themeColor="accent2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
+    <w:name w:val="Corps de texte Car"/>
+    <w:aliases w:val="[Titre] Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F06C45"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:b/>
+      <w:color w:val="ED7D31" w:themeColor="accent2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableauGrille1Clair-Accentuation2">
+    <w:name w:val="Grid Table 1 Light Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="002B4EC2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F7CAAC" w:themeColor="accent2" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F7CAAC" w:themeColor="accent2" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F7CAAC" w:themeColor="accent2" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F7CAAC" w:themeColor="accent2" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F7CAAC" w:themeColor="accent2" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F7CAAC" w:themeColor="accent2" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="002B4EC2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraphestandard">
+    <w:name w:val="[Paragraphe standard]"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006E4EE5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="lev">
+    <w:name w:val="Strong"/>
+    <w:aliases w:val="Gras + couleur"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F2819"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="ED7D31" w:themeColor="accent2"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Liste01">
+    <w:name w:val="Liste 01"/>
+    <w:basedOn w:val="Paragraphedeliste"/>
+    <w:link w:val="Liste01Car"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D445F1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="19"/>
+      </w:numPr>
+      <w:ind w:right="-428"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ParagraphedelisteCar">
+    <w:name w:val="Paragraphe de liste Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Paragraphedeliste"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00D445F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Liste01Car">
+    <w:name w:val="Liste 01 Car"/>
+    <w:basedOn w:val="ParagraphedelisteCar"/>
+    <w:link w:val="Liste01"/>
+    <w:rsid w:val="00D445F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF3A6C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF3A6C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuation">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF3A6C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitreCar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00342EF3"/>
+    <w:rsid w:val="00917F28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
     <w:name w:val="Titre Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00342EF3"/>
+    <w:rsid w:val="00917F28"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
-[...21 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="834883534">
-[...12 lines deleted...]
-    <w:div w:id="1354916608">
+    <w:div w:id="2089844735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///d:\Utilisateurs\jchalon\Documents\Mod&#232;les%20Office%20personnalis&#233;s\AST67%20-%20Courrier%20vierge%20(v2019).dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Softs\TemplatesAST67\Source\4.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3258,75 +8038,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15EBE46B-F804-49B9-85BB-8E0B3C21B975}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>AST67 - Courrier vierge (v2019).dotx</Template>
+  <Template>4.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>174</Words>
-  <Characters>959</Characters>
+  <Words>225</Words>
+  <Characters>1238</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>AST67 - Modèle de courrier</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1131</CharactersWithSpaces>
+  <CharactersWithSpaces>1461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>AST67 - Modèle de courrier</dc:title>
+  <dc:title/>
   <dc:subject/>
   <dc:creator>Justine Chalon</dc:creator>
-  <cp:keywords>AST67 modèle WORD</cp:keywords>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>